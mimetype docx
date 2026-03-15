--- v0 (2025-12-15)
+++ v1 (2026-03-15)
@@ -302,85 +302,84 @@
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2024 </w:t>
+        <w:t xml:space="preserve">2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">г.</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:orient="portrait" w:w="11900" w:h="16840"/>
           <w:pgMar w:top="567" w:right="850" w:bottom="568" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Содержание</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
         </w:tabs>
       </w:pPr>
       <w:r>
@@ -647,51 +646,51 @@
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:hideSpellingErrors w:val="false"/>
   <w:hideGrammaticalErrors w:val="false"/>
   <w:trackRevisions w:val="false"/>
   <w:doNotTrackMoves w:val="false"/>
   <w:doNotTrackFormatting w:val="false"/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:updateFields w:val="true"/>
   <w:bookFoldPrinting w:val="false"/>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="x-none" w:bidi="x-none"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:zoom w:val="120"/>
+  <w:zoom w:val="111"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
@@ -1159,40 +1158,40 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>PHPWord</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Антон Осипов</dc:creator>
+  <dc:creator/>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>