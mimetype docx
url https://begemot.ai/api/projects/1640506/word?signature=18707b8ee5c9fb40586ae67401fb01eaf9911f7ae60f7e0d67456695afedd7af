--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -302,163 +302,162 @@
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2024 </w:t>
+        <w:t xml:space="preserve">2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">г.</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:orient="portrait" w:w="11900" w:h="16840"/>
           <w:pgMar w:top="567" w:right="850" w:bottom="568" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Содержание</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">TOC \o 1-9 \h \z \u</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Сочинение</w:t>
+          <w:t>Введение</w:t>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve">PAGEREF 1 \h</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:footerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1133.8582677165352" w:right="566.9291338582676" w:bottom="1133.8582677165352" w:left="1700.787401574803" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc1"/>
       <w:r>
-        <w:t>Сочинение</w:t>
+        <w:t>Введение</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraphStyleText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fontStyleText"/>
         </w:rPr>
         <w:t xml:space="preserve">Вопрос о том, насколько каждый человек является творцом своей судьбы, всегда был актуален. Мы часто слышим фразу «Каждый сам себе судьба», которая подразумевает, что именно от нас зависит, каким будет наш жизненный путь. Это высказывание поднимает важные вопросы о свободе выбора, ответственности и влиянии обстоятельств на нашу жизнь.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraphStyleText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fontStyleText"/>
         </w:rPr>
         <w:t xml:space="preserve">Толкование ключевого понятия «судьба» может быть разным. В общем смысле судьба — это предопределенный ход событий в жизни человека, который может быть как положительным, так и отрицательным. Однако в контексте высказывания Горького мы можем рассматривать судьбу как результат наших собственных действий и решений. Это понимание служит основой для моего тезиса: «Я считаю, что каждый человек действительно может влиять на свою судьбу, но для этого необходимо осознанное стремление и готовность к действиям».</w:t>
       </w:r>
     </w:p>
@@ -636,51 +635,51 @@
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:hideSpellingErrors w:val="false"/>
   <w:hideGrammaticalErrors w:val="false"/>
   <w:trackRevisions w:val="false"/>
   <w:doNotTrackMoves w:val="false"/>
   <w:doNotTrackFormatting w:val="false"/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:updateFields w:val="true"/>
   <w:bookFoldPrinting w:val="false"/>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="x-none" w:bidi="x-none"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:zoom w:val="120"/>
+  <w:zoom w:val="111"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
@@ -1148,40 +1147,40 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>PHPWord</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Антон Осипов</dc:creator>
+  <dc:creator/>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>