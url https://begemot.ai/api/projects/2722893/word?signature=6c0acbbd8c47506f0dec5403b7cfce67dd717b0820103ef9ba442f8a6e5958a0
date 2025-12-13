--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -377,88 +377,88 @@
         <w:t>Содержание</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">TOC \o 1-9 \h \z \u</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Сочинение</w:t>
+          <w:t>Введение</w:t>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve">PAGEREF 1 \h</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:footerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1133.8582677165352" w:right="566.9291338582676" w:bottom="1133.8582677165352" w:left="1700.787401574803" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc1"/>
       <w:r>
-        <w:t>Сочинение</w:t>
+        <w:t>Введение</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraphStyleText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fontStyleText"/>
         </w:rPr>
         <w:t xml:space="preserve">В современном мире физика играет важную роль в нашем понимании окружающей действительности. Но что же такое физика? Это наука, изучающая законы природы, взаимодействия между материей и энергией. Физика охватывает широкий спектр явлений, от движения планет до поведения элементарных частиц. Важно отметить, что физика не только теоретическая дисциплина, но и практическая, что открывает перед школьниками множество возможностей для реализации интересных проектов. Я считаю, что проекты по физике могут не только углубить знания учащихся, но и развить их творческие способности и критическое мышление.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraphStyleText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fontStyleText"/>
         </w:rPr>
         <w:t xml:space="preserve">Обратимся к проекту «Солнечная печь», который можно реализовать в школьных условиях. Этот проект позволяет учащимся изучить основы солнечной энергии и теплопередачи. Для его реализации потребуется простая конструкция из картона, фольги и стеклянной банки. Учащиеся создают печь, которая использует солнечные лучи для нагрева пищи. В процессе работы над проектом они изучают, как работает солнечная энергия, как отражение и поглощение света влияют на температуру, а также как можно использовать природные ресурсы для получения энергии.</w:t>
       </w:r>
     </w:p>