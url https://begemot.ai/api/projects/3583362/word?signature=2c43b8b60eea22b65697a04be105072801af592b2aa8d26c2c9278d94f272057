--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -377,88 +377,88 @@
         <w:t>Содержание</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">TOC \o 1-9 \h \z \u</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Сочинение</w:t>
+          <w:t>Введение</w:t>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve">PAGEREF 1 \h</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:footerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1133.8582677165352" w:right="566.9291338582676" w:bottom="1133.8582677165352" w:left="1700.787401574803" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc1"/>
       <w:r>
-        <w:t>Сочинение</w:t>
+        <w:t>Введение</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraphStyleText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fontStyleText"/>
         </w:rPr>
         <w:t xml:space="preserve">Вопрос о смысле названия пьесы «Гроза» А.Н. Островского является важным аспектом для понимания глубины и многослойности этого произведения. Название пьесы вызывает интерес и заставляет задуматься о том, что же именно скрывается за этим словом. Гроза может быть как природным явлением, так и метафорой, отражающей внутренние переживания героев и социальные конфликты, происходящие в их жизни.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraphStyleText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fontStyleText"/>
         </w:rPr>
         <w:t xml:space="preserve">Гроза в контексте пьесы символизирует не только бурю, которая разразится в природе, но и эмоциональные и социальные катаклизмы, происходящие в жизни главных героев. Это слово можно трактовать как предвестие изменений, как разрушение старого порядка и возникновение нового. Я считаю, что название «Гроза» подчеркивает конфликт между традициями и новыми идеями, а также внутренние противоречия персонажей, стремящихся к свободе и самовыражению.</w:t>
       </w:r>
     </w:p>