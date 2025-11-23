--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -377,88 +377,88 @@
         <w:t>Содержание</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">TOC \o 1-9 \h \z \u</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Сочинение</w:t>
+          <w:t>Введение</w:t>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve">PAGEREF 1 \h</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:footerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1133.8582677165352" w:right="566.9291338582676" w:bottom="1133.8582677165352" w:left="1700.787401574803" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc1"/>
       <w:r>
-        <w:t>Сочинение</w:t>
+        <w:t>Введение</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraphStyleText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fontStyleText"/>
         </w:rPr>
         <w:t xml:space="preserve">Вопрос о том, какие обязанности человек имеет перед обществом, является актуальным и многогранным. Общество — это не просто совокупность людей, это сложная система взаимосвязей, где каждый индивид играет свою роль. Важно понять, что обязанности человека перед обществом формируются не только на уровне личных убеждений, но и под влиянием культурных, социальных и исторических факторов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="paragraphStyleText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="fontStyleText"/>
         </w:rPr>
         <w:t xml:space="preserve">Обязанности человека перед обществом можно охарактеризовать как моральные и правовые нормы, которые регулируют поведение индивидов в социуме. Эти обязанности включают в себя соблюдение законов, уважение прав других людей, участие в жизни общества и помощь тем, кто в этом нуждается. Я считаю, что выполнение этих обязанностей является основой для гармоничного сосуществования и развития общества в целом.</w:t>
       </w:r>
     </w:p>